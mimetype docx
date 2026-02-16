--- v0 (2025-12-05)
+++ v1 (2026-02-16)
@@ -1,175 +1,198 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="0BF5B511">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:bookmarkStart w:id="0" w:name="_MON_1717489079"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_MON_1717489079"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:object>
-[...4 lines deleted...]
-            <v:imagedata r:id="rId6" o:title=""/>
+        <w:object w:dxaOrig="10152" w:dyaOrig="1665">
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+            <v:stroke joinstyle="miter"/>
+            <v:formulas>
+              <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+              <v:f eqn="sum @0 1 0"/>
+              <v:f eqn="sum 0 0 @1"/>
+              <v:f eqn="prod @2 1 2"/>
+              <v:f eqn="prod @3 21600 pixelWidth"/>
+              <v:f eqn="prod @3 21600 pixelHeight"/>
+              <v:f eqn="sum @0 0 1"/>
+              <v:f eqn="prod @6 1 2"/>
+              <v:f eqn="prod @7 21600 pixelWidth"/>
+              <v:f eqn="sum @8 21600 0"/>
+              <v:f eqn="prod @7 21600 pixelHeight"/>
+              <v:f eqn="sum @10 21600 0"/>
+            </v:formulas>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
-            <w10:wrap type="none"/>
-            <w10:anchorlock/>
+          </v:shapetype>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:507.75pt;height:83.25pt" o:ole="">
+            <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1468075725" r:id="rId5">
-[...1 lines deleted...]
-          </o:OLEObject>
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1831894451" r:id="rId8"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CCDE7B8">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1017" w:right="758"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">O autor correspondente, responsável pela submissão do manuscrito, deverá preencher, assinar e anexar este formulário em formato </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.pdf</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, juntamente com o original do seu trabalho.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="623F786D">
-[...1 lines deleted...]
-        <w:pStyle w:val="3"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="694" w:firstLine="323"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Título do manuscrito:___________________________________________________________________</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t xml:space="preserve">Título do </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>manuscrito:___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1017" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52105A7F">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8313"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1017" w:right="2790"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Autor:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -188,53 +211,53 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Autor:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="221E1F"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="221E1F"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="586C92A0">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8313"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1017" w:right="2790"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Autor:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
@@ -346,186 +369,186 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Autor:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="96"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="221E1F"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="221E1F"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5841F1D2">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="11" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74E6DC21">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="93" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1017" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Classificação do manuscrito:</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="10"/>
+        <w:t xml:space="preserve">Classificação </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>do manuscrito:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(   ) Artigo Original: (   ) Quantitativo (   ) Qualitativo  (   ) Misto (   ) Ensaio Clínico</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75738F4E">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:right="3005"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(   ) Revisão d</w:t>
-[...21 lines deleted...]
-        <w:pStyle w:val="10"/>
+        <w:t xml:space="preserve">(   ) Revisão </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sistemática </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:right="4202"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(   ) Relato de Caso</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54A1ECCF">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(   ) Comunicação Breve</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6306AE85">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3177"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:right="5247"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(   ) Artigo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="22"/>
@@ -545,197 +568,195 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Opinião</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1261FEAF">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3177"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:right="5247"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(   ) Artigo de Opinião </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a convite </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5474354C">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3177"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:right="5247"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(   )</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Resenha</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="092D8785">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(   ) Carta ao Editor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79DBA6C2">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="93" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1017" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A5D2118">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) Primeira submissão </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08E35191">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) Ressubmissão após ter sido recusado. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -750,408 +771,417 @@
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>dois meses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> da data em que foi recusado. Neste caso, informar o número do artigo gerado anteriormente pelo sistema. Nº _________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B324BE1">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27DB0D77">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1017"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">O manuscrito está depositado como </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>preprint</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4612AF7F">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">                 (  ) Não</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D5285F5">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(  ) Sim. Nome do servidor ______________________________________</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>(  ) Sim. Nome do servidor ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">                               DOI n</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65448EC8">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="623CCD5B">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1017"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Aprovação pelo Comitê de Ética em Pesquisa (CEP):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="268DA01A">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1017"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) Não requer aprovação. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BF9D73D">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1017"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) Número de aprovação CAAE (Certificado de Aprovação de Apreciação Ética) gerado </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AB57462">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1017"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>pelo Sistema CEP/CONEP (Plataforma Brasil).___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E3E9B3B">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1017"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Indicar as contribuições de cada autor, marcando com a letra X os campos abaixo:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A3141B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1017"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22D61927">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1232"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="214"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Contribuições:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A8FA42B">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6618"/>
           <w:tab w:val="left" w:pos="9214"/>
         </w:tabs>
         <w:spacing w:before="78" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1017"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nome:______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D3BF048">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:right="1315"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Na </w:t>
@@ -1174,580 +1204,653 @@
         <w:t xml:space="preserve">Na </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>redação OU revisão crítica com contribuição</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-21"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>intelectual; (  ) Na aprovação final da versão para publicação.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="10"/>
+        <w:t xml:space="preserve">intelectual; ( </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) Na aprovação final da versão para publicação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="9" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F315961">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6618"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1017"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nome:______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19481C02">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:right="1315"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(  ) Na concepção OU desenho do trabalho; OU aquisição, análise, OU interpretação dos dados da pesquisa;  (  ) Na redação OU revisão crítica com contribuição intelectual; (  ) Na aprovação final da versão para publicação.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="10"/>
+        <w:t>(  ) Na concepção OU desenho do trabalho; OU aquisição, análise, OU interpretação dos dados da pesquisa;  (  ) Na redação OU revisão críti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ca com contribuição intelectual; (  ) Na aprovação final da versão para publicação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="8" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5881DF45">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="6618"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nome:______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BCCE9C8">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:right="1315"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(  ) Na concepção OU desenho do trabalho; OU aquisição, análise, OU interpretação dos  dados da pesquisa; (  ) Na  redação OU revisão crítica com contribuição intelectual; (  ) Na aprovação final da versão para publicação.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="10"/>
+        <w:t>(  ) Na concepção OU desenho do trabalho; OU aquisição, análise, OU interpretação dos  dados da pesquis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a; (  ) Na  redação OU revisão crítica com contribuição intelectual; (  ) Na aprovação final da versão para publicação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C4E406F">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6334"/>
           <w:tab w:val="left" w:pos="9214"/>
         </w:tabs>
         <w:spacing w:before="62" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nome:______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20EA8B13">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:right="1315"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(  ) Na concepção OU desenho do trabalho; OU aquisição, análise, OU interpretação dos dados da pesquisa;  (   ) Na redação OU revisão crítica com contribuição intelectual; (  ) Na aprovação final da versão para publicação.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="10"/>
+        <w:t>(  ) Na concepção OU desenho do trabalho; OU aquisição, análise, OU</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interpretação dos dados da pesquisa;  (   ) Na redação OU revisão crítica com contribuição intelectual; (  ) Na aprovação final da versão para publicação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="39" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="1317" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="764F02E3">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6334"/>
           <w:tab w:val="left" w:pos="9214"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nome:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="96"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="221E1F"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="221E1F"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B9200AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:right="1315"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(  ) Na concepção OU desenho do trabalho; OU aquisição, análise, OU interpretação dos dados da pesquisa;  (   ) Na redação OU revisão crítica com contribuição intelectual; (  ) Na aprovação final da versão para publicação.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="10"/>
+        <w:t>(  ) Na concepção OU desenho do trabalho; OU aquisição, análise, OU interpretação dos dados</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da pesquisa;  (   ) Na redação OU revisão crítica com contribuição intelectual; (  ) Na aprovação final da versão para publicação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="9" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24FEA90B">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6334"/>
           <w:tab w:val="left" w:pos="8931"/>
           <w:tab w:val="left" w:pos="9214"/>
           <w:tab w:val="left" w:pos="9356"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nome:______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B591F0B">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:right="1315"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(  ) Na concepção OU desenho do trabalho; OU aquisição, análise, OU interpretação dos dados da pesquisa;  (   ) Na redação OU revisão crítica com contribuição intelectual; (  ) Na aprovação final da versão para publicação.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="10"/>
+        <w:t>(  ) Na concepção OU desenho do trabalho; OU aquisição,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> análise, OU interpretação dos dados da pesquisa;  (   ) Na redação OU revisão crítica com contribuição intelectual; (  ) Na aprovação final da versão para publicação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1017" w:right="1317"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E0767D2">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="949"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="948"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Conflito de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>interesses:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D2698A4">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="130" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1057"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(   ) O(s) autor(es) não tem(têm) conflitos de interesse, incluindo interesses financeiros específicos e relacionamentos e afiliações relevantes ao tema ou materiais discutidos no</w:t>
+        <w:t>(   ) O(s) autor(es) não tem(têm) conflitos de interesse, inclu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>indo interesses financeiros específicos e relacionamentos e afiliações relevantes ao tema ou materiais discutidos no</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-25"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>manuscrito.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CBA8BA4">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="113" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1043"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(  ) O(s) autor(es) confirma(m) que todos os financiamentos, outros apoios financeiros, e apoio material/humano para esta pesquisa e/ou trabalho estão claramente identificados no manuscrito enviado para avaliação do “Conselho Editorial da Revista Brasileira de</w:t>
+        <w:t xml:space="preserve">(  ) O(s) autor(es) confirma(m) que todos os financiamentos, outros apoios financeiros, e apoio material/humano para esta </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pesquisa e/ou trabalho estão claramente identificados no manuscrito enviado para avaliação do “Conselho Editorial da Revista Brasileira de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-22"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cancerologia”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B8BF808">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69318DC8">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D191769">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C8ED4E6">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="949"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="948"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Agradecimentos:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E8A65A7">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="130" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">(   ) O(s) autor(es) confirma(m) que as pessoas que contribuíram substancialmente ao trabalho desenvolvido neste </w:t>
+        <w:t>(   ) O(s) autor(es) confirma(m) que as pessoas que contribuíram substancialmente a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o trabalho desenvolvido neste </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="103"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>texto,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2048,53 +2151,53 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a descrição de suas contribuições</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-19"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>específicas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E6A994D">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="113" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1057"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>O(s)</w:t>
@@ -2325,423 +2428,440 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">por </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>escrito para serem incluídos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B89AA71">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="113" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1057"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="102"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="102"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>O(s) autor(es) confirma(m) que, se essa seção não foi incluída no texto submetido, é porque não houve nenhuma outra contribuição substancial.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6204E59B">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="113" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1057"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="102"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B5CA21E">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="941"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="940" w:hanging="207"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Direitos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>autorais/publicação:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1110FE07">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="130" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk176254383"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk176254383"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Declaro que, em caso de aceitação do manuscrito para publicação, estou ciente de que</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> mantenho os </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="6"/>
+          <w:rStyle w:val="Forte"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>direitos autorais</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> e </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">concordo em ceder o direito da primeira publicação à Revista  Brasileira  de Cancerologia, que adota a </w:t>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="006798"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Licença Creative Commons CC-BY 4.0</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">e a política de acesso aberto, portanto, os textos estão disponíveis para que qualquer pessoa leia, baixe, copie, imprima, compartilhe, reutilize e distribua, com a devida citação da fonte e autoria. </w:t>
-[...5 lines deleted...]
-        <w:pStyle w:val="10"/>
+        <w:t>e a política de acesso aberto, portanto, os textos estão disponíveis para que qualquer pessoa leia, baixe, copie, imprima, compartilhe, reutilize e distribua, com a devida citaç</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ão da fonte e autoria. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="130" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1858CEAE">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="130" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>A Revista Brasileira de Cancerologia considera autor quem contribui com os três requisitos apresentados no item 1. Quem contribui com um ou dois requisitos não deve ser considerado autor. Nesse caso, o nome deve aparecer nos agradecimentos indicando qual o tipo de contribuição. Os autores devem assumir a responsabilidade de responder por todos os aspectos relacionados ao trabalho.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="10"/>
+        <w:t>A Revista Brasileira de Cancerologia considera autor quem contribui com os três requisitos apresentados no item 1. Quem contribui com um ou dois requisitos não deve ser considerado autor. Nesse caso, o nome deve aparecer nos agrade</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cimentos indicando qual o tipo de contribuição. Os autores devem assumir a responsabilidade de responder por todos os aspectos relacionados ao trabalho.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38C226A7">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Autorizo o acesso a todos os conteúdos (dados, códigos de programa e outros materiais) subjacentes ao texto do artigo.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="10"/>
+        <w:t xml:space="preserve">Autorizo o acesso a todos os conteúdos (dados, códigos de programa e outros materiais) subjacentes ao </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>texto do artigo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(  ) Sim. (   ) Estão contidos no manuscrito.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AF674B9">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">              (   ) Estarão disponíveis no momento da publicação do artigo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FC9237E">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">              (   ) Já estão disponíveis desde _____/____/__________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DCCF257">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                  Repositório: _____________________________________</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="10"/>
+        <w:t xml:space="preserve">                                  Repositório: _</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(  ) Sim, sob demanda dos pareceristas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B51A2AC">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">              (  ) Não. Justifique: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
@@ -2938,175 +3058,177 @@
         <w:softHyphen/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
-      </w:r>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A011C14">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9950"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="1108"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="505891C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9950"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="1108"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Assinalar a opção sobre abertura da identidade aos pareceristas.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="10"/>
+        <w:t xml:space="preserve">Assinalar a opção sobre abertura da </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>identidade aos pareceristas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9950"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="1108"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(   ) Manter anonimato.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C6D7EE5">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9950"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="1108"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(   ) Abrir a identidade aos avaliadores.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EAF971C">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9950"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="1108"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34553038">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9950"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1108"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Assinatura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3176,452 +3298,457 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="25"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="221E1F"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Data: ____/____/_______</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4327B41A">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="10065"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1041"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E-mail:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:sectPr>
-      <w:footerReference r:id="rId3" w:type="default"/>
+    <w:sectPr w:rsidR="00065C14">
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1000" w:right="400" w:bottom="280" w:left="400" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:cols w:space="720" w:num="1"/>
-      <w:docGrid w:linePitch="299" w:charSpace="0"/>
+      <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="006A27EE" w:rsidRDefault="006A27EE">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="006A27EE" w:rsidRDefault="006A27EE">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="宋体">
-    <w:altName w:val="SimSun"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="PMingLiU">
+    <w:altName w:val="新細明體"/>
+    <w:panose1 w:val="02010601000101010101"/>
+    <w:charset w:val="88"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="SimSun">
-[...4 lines deleted...]
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="default"/>
-[...65 lines deleted...]
-    <w:sig w:usb0="000002A7" w:usb1="28CF4400" w:usb2="00000016" w:usb3="00000000" w:csb0="00100009" w:csb1="00000000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1564564948"/>
       <w:docPartObj>
         <w:docPartGallery w:val="AutoText"/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="437BA931">
+      <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
         <w:pPr>
-          <w:pStyle w:val="15"/>
+          <w:pStyle w:val="Rodap"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve">PAGE   \* MERGEFORMAT</w:instrText>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="70D84FD0">
+  <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
     <w:pPr>
-      <w:pStyle w:val="15"/>
+      <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="006A27EE" w:rsidRDefault="006A27EE">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="006A27EE" w:rsidRDefault="006A27EE">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C0A1ACE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0C0A1ACE"/>
-    <w:lvl w:ilvl="0" w:tentative="0">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1231" w:hanging="215"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="231F20"/>
         <w:w w:val="104"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2226" w:hanging="215"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3213" w:hanging="215"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="3">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4199" w:hanging="215"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5186" w:hanging="215"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="5">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6172" w:hanging="215"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7159" w:hanging="215"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8145" w:hanging="215"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9132" w:hanging="215"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
-  <w:documentProtection w:enforcement="0"/>
+  <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007A775B"/>
     <w:rsid w:val="00014CE2"/>
     <w:rsid w:val="00057B8E"/>
+    <w:rsid w:val="00065C14"/>
     <w:rsid w:val="00071106"/>
     <w:rsid w:val="00085F65"/>
     <w:rsid w:val="00093FF6"/>
     <w:rsid w:val="000B2516"/>
     <w:rsid w:val="000E6066"/>
     <w:rsid w:val="00102185"/>
     <w:rsid w:val="00146841"/>
     <w:rsid w:val="001A24A9"/>
     <w:rsid w:val="0026034D"/>
     <w:rsid w:val="00286D9D"/>
     <w:rsid w:val="002C0F12"/>
     <w:rsid w:val="002D7C68"/>
     <w:rsid w:val="003118DF"/>
     <w:rsid w:val="00321A82"/>
     <w:rsid w:val="003271A6"/>
     <w:rsid w:val="00344DB9"/>
     <w:rsid w:val="003A6D0E"/>
     <w:rsid w:val="003C3141"/>
     <w:rsid w:val="003E11F7"/>
     <w:rsid w:val="003E7279"/>
     <w:rsid w:val="004039D0"/>
     <w:rsid w:val="00440276"/>
     <w:rsid w:val="004550FE"/>
+    <w:rsid w:val="004557B8"/>
     <w:rsid w:val="00460A37"/>
     <w:rsid w:val="004708C4"/>
     <w:rsid w:val="00472EDB"/>
     <w:rsid w:val="00482670"/>
     <w:rsid w:val="004967CB"/>
     <w:rsid w:val="004B237A"/>
     <w:rsid w:val="004C0D7B"/>
     <w:rsid w:val="004D3EC2"/>
     <w:rsid w:val="004D5957"/>
     <w:rsid w:val="0053102A"/>
     <w:rsid w:val="00533D81"/>
     <w:rsid w:val="00592B29"/>
     <w:rsid w:val="0059416D"/>
     <w:rsid w:val="005B1C16"/>
     <w:rsid w:val="005B49F5"/>
     <w:rsid w:val="005D0019"/>
     <w:rsid w:val="00605CB3"/>
     <w:rsid w:val="0064378C"/>
     <w:rsid w:val="006533B4"/>
     <w:rsid w:val="006630CD"/>
     <w:rsid w:val="00682E9A"/>
+    <w:rsid w:val="006A27EE"/>
     <w:rsid w:val="007366F6"/>
     <w:rsid w:val="007433C9"/>
     <w:rsid w:val="00784C28"/>
     <w:rsid w:val="00790EC7"/>
     <w:rsid w:val="007A0324"/>
     <w:rsid w:val="007A775B"/>
     <w:rsid w:val="007F1CDF"/>
     <w:rsid w:val="007F5538"/>
     <w:rsid w:val="00830E62"/>
     <w:rsid w:val="00855A4C"/>
     <w:rsid w:val="008E7A2B"/>
     <w:rsid w:val="00904515"/>
     <w:rsid w:val="00911825"/>
     <w:rsid w:val="009205E5"/>
     <w:rsid w:val="00922A63"/>
     <w:rsid w:val="00944372"/>
     <w:rsid w:val="00945FD4"/>
     <w:rsid w:val="00971757"/>
     <w:rsid w:val="00972554"/>
     <w:rsid w:val="00973108"/>
     <w:rsid w:val="009A17A9"/>
     <w:rsid w:val="00A1443A"/>
     <w:rsid w:val="00A21229"/>
     <w:rsid w:val="00A215DB"/>
     <w:rsid w:val="00A32146"/>
@@ -3644,583 +3771,815 @@
     <w:rsid w:val="00CD194A"/>
     <w:rsid w:val="00CD669D"/>
     <w:rsid w:val="00CE7F59"/>
     <w:rsid w:val="00D069EA"/>
     <w:rsid w:val="00D20B7A"/>
     <w:rsid w:val="00D27015"/>
     <w:rsid w:val="00D3192E"/>
     <w:rsid w:val="00D32F4A"/>
     <w:rsid w:val="00D6012B"/>
     <w:rsid w:val="00D95C86"/>
     <w:rsid w:val="00DA5BBC"/>
     <w:rsid w:val="00DB611F"/>
     <w:rsid w:val="00DF5665"/>
     <w:rsid w:val="00E71A8C"/>
     <w:rsid w:val="00EA24B2"/>
     <w:rsid w:val="00EE2846"/>
     <w:rsid w:val="00EE3492"/>
     <w:rsid w:val="00EF589A"/>
     <w:rsid w:val="00F14E0E"/>
     <w:rsid w:val="00F23B4C"/>
     <w:rsid w:val="00F36261"/>
     <w:rsid w:val="00F50005"/>
     <w:rsid w:val="00F533AB"/>
     <w:rsid w:val="00F82DDE"/>
     <w:rsid w:val="00FC3099"/>
+    <w:rsid w:val="00FD68A4"/>
     <w:rsid w:val="00FE5194"/>
     <w:rsid w:val="33734A68"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="63ADC7A9"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
-[...150 lines deleted...]
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="1" w:semiHidden="0" w:name="List Paragraph"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="Light Shading"/>
+    <w:lsdException w:name="Light List"/>
+    <w:lsdException w:name="Light Grid"/>
+    <w:lsdException w:name="Medium Shading 1"/>
+    <w:lsdException w:name="Medium Shading 2"/>
+    <w:lsdException w:name="Medium List 1"/>
+    <w:lsdException w:name="Medium List 2"/>
+    <w:lsdException w:name="Medium Grid 1"/>
+    <w:lsdException w:name="Medium Grid 2"/>
+    <w:lsdException w:name="Medium Grid 3"/>
+    <w:lsdException w:name="Dark List"/>
+    <w:lsdException w:name="Colorful Shading"/>
+    <w:lsdException w:name="Colorful List"/>
+    <w:lsdException w:name="Colorful Grid"/>
+    <w:lsdException w:name="Light Shading Accent 1"/>
+    <w:lsdException w:name="Light List Accent 1"/>
+    <w:lsdException w:name="Light Grid Accent 1"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:name="Dark List Accent 1"/>
+    <w:lsdException w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:name="Colorful List Accent 1"/>
+    <w:lsdException w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:name="Light Shading Accent 2"/>
+    <w:lsdException w:name="Light List Accent 2"/>
+    <w:lsdException w:name="Light Grid Accent 2"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:name="Dark List Accent 2"/>
+    <w:lsdException w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:name="Colorful List Accent 2"/>
+    <w:lsdException w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:name="Light Shading Accent 3"/>
+    <w:lsdException w:name="Light List Accent 3"/>
+    <w:lsdException w:name="Light Grid Accent 3"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:name="Dark List Accent 3"/>
+    <w:lsdException w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:name="Colorful List Accent 3"/>
+    <w:lsdException w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:name="Light Shading Accent 4"/>
+    <w:lsdException w:name="Light List Accent 4"/>
+    <w:lsdException w:name="Light Grid Accent 4"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:name="Dark List Accent 4"/>
+    <w:lsdException w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:name="Colorful List Accent 4"/>
+    <w:lsdException w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:name="Light Shading Accent 5"/>
+    <w:lsdException w:name="Light List Accent 5"/>
+    <w:lsdException w:name="Light Grid Accent 5"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:name="Dark List Accent 5"/>
+    <w:lsdException w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:name="Colorful List Accent 5"/>
+    <w:lsdException w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:name="Light Shading Accent 6"/>
+    <w:lsdException w:name="Light List Accent 6"/>
+    <w:lsdException w:name="Light Grid Accent 6"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:name="Dark List Accent 6"/>
+    <w:lsdException w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:name="Colorful List Accent 6"/>
+    <w:lsdException w:name="Colorful Grid Accent 6"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="PMingLiU" w:hAnsi="PMingLiU" w:eastAsia="PMingLiU" w:cs="PMingLiU"/>
+      <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
+  <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:ind w:left="948" w:hanging="215"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:link w:val="21"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo2Char"/>
+    <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="376092" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="4">
+  <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-    <w:uiPriority w:val="1"/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="5">
+  <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="6">
+  <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Forte">
     <w:name w:val="Strong"/>
-    <w:basedOn w:val="4"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:uiPriority w:val="22"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="7">
+  <w:style w:type="character" w:styleId="Refdecomentrio">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="4"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="8">
+  <w:style w:type="character" w:styleId="nfase">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="4"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:uiPriority w:val="20"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="9">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="4"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="10">
+  <w:style w:type="paragraph" w:styleId="Corpodetexto">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:uiPriority w:val="1"/>
     <w:rPr>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="11">
+  <w:style w:type="paragraph" w:styleId="Textodecomentrio">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="1"/>
-    <w:link w:val="25"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextodecomentrioChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="12">
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="13">
+  <w:style w:type="paragraph" w:styleId="Cabealho">
     <w:name w:val="header"/>
-    <w:basedOn w:val="1"/>
-    <w:link w:val="22"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CabealhoChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="14">
+  <w:style w:type="paragraph" w:styleId="Assuntodocomentrio">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="11"/>
-[...1 lines deleted...]
-    <w:link w:val="26"/>
+    <w:basedOn w:val="Textodecomentrio"/>
+    <w:next w:val="Textodecomentrio"/>
+    <w:link w:val="AssuntodocomentrioChar"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="15">
+  <w:style w:type="paragraph" w:styleId="Rodap">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="1"/>
-    <w:link w:val="23"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="RodapChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="16">
+  <w:style w:type="paragraph" w:styleId="Textodebalo">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="1"/>
-    <w:link w:val="24"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextodebaloChar"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="17">
+  <w:style w:type="table" w:styleId="Tabelacomgrade">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="5"/>
+    <w:basedOn w:val="Tabelanormal"/>
     <w:uiPriority w:val="39"/>
-    <w:pPr>
-[...6 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="18">
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="2"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="19">
+  <w:style w:type="paragraph" w:styleId="PargrafodaLista">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:uiPriority w:val="1"/>
     <w:pPr>
       <w:ind w:left="948" w:hanging="215"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="20">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:uiPriority w:val="1"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="21">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Char">
     <w:name w:val="Título 2 Char"/>
-    <w:basedOn w:val="4"/>
-    <w:link w:val="3"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo2"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:uiPriority w:val="9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="376092" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
     <w:name w:val="Cabeçalho Char"/>
-    <w:basedOn w:val="4"/>
-    <w:link w:val="13"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Cabealho"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:rFonts w:ascii="PMingLiU" w:hAnsi="PMingLiU" w:eastAsia="PMingLiU" w:cs="PMingLiU"/>
+      <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
       <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="23">
+  <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
     <w:name w:val="Rodapé Char"/>
-    <w:basedOn w:val="4"/>
-    <w:link w:val="15"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Rodap"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:rFonts w:ascii="PMingLiU" w:hAnsi="PMingLiU" w:eastAsia="PMingLiU" w:cs="PMingLiU"/>
+      <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
       <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="24">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodebaloChar">
     <w:name w:val="Texto de balão Char"/>
-    <w:basedOn w:val="4"/>
-    <w:link w:val="16"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Textodebalo"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="PMingLiU" w:cs="Segoe UI"/>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="PMingLiU" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="25">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodecomentrioChar">
     <w:name w:val="Texto de comentário Char"/>
-    <w:basedOn w:val="4"/>
-    <w:link w:val="11"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Textodecomentrio"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:rFonts w:ascii="PMingLiU" w:hAnsi="PMingLiU" w:eastAsia="PMingLiU" w:cs="PMingLiU"/>
+      <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="26">
+  <w:style w:type="character" w:customStyle="1" w:styleId="AssuntodocomentrioChar">
     <w:name w:val="Assunto do comentário Char"/>
-    <w:basedOn w:val="25"/>
-    <w:link w:val="14"/>
+    <w:basedOn w:val="TextodecomentrioChar"/>
+    <w:link w:val="Assuntodocomentrio"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:rFonts w:ascii="PMingLiU" w:hAnsi="PMingLiU" w:eastAsia="PMingLiU" w:cs="PMingLiU"/>
+      <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document.docx"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/deed.pt" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4458,63 +4817,57 @@
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>966</Words>
-  <Characters>5222</Characters>
+  <Words>957</Words>
+  <Characters>5172</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
   <Lines>43</Lines>
   <Paragraphs>12</Paragraphs>
-  <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6176</CharactersWithSpaces>
-[...1 lines deleted...]
-  <DocSecurity>0</DocSecurity>
+  <CharactersWithSpaces>6117</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <cp:lastModifiedBy/>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>