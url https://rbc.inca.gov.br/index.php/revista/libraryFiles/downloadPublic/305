--- v1 (2026-02-16)
+++ v2 (2026-03-30)
@@ -1,203 +1,192 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:bookmarkStart w:id="0" w:name="_MON_1717489079"/>
-[...3 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p w14:paraId="6BA2795D" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:object w:dxaOrig="10152" w:dyaOrig="1665">
+        <w:object w:dxaOrig="10152" w:dyaOrig="1665" w14:anchorId="6110F4E6">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:507.75pt;height:83.25pt" o:ole="">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:507.75pt;height:82.5pt" o:ole="">
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1831894451" r:id="rId8"/>
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1834748783" r:id="rId8"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="5316D4E1" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1017" w:right="758"/>
+        <w:ind w:left="567" w:right="758"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">O autor correspondente, responsável pela submissão do manuscrito, deverá preencher, assinar e anexar este formulário em formato </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.pdf</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, juntamente com o original do seu trabalho.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="2DF18B63" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="694" w:firstLine="323"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Título do </w:t>
-[...13 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+        <w:t>Título do manuscrito:___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="267D3207" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1017" w:firstLine="0"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="2BF500F3" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8313"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1017" w:right="2790"/>
+        <w:ind w:left="567" w:right="2790"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Autor:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="221E1F"/>
         </w:rPr>
@@ -211,58 +200,58 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Autor:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="221E1F"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="221E1F"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="71322BE9" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8313"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1017" w:right="2790"/>
+        <w:ind w:left="567" w:right="2790"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Autor:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="221E1F"/>
         </w:rPr>
         <w:tab/>
@@ -369,191 +358,175 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Autor:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="96"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="221E1F"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="221E1F"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+    <w:p w14:paraId="2CCB8E58" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00E71B1B" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="11" w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="182093D2" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="93" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1017" w:firstLine="0"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Classificação do manuscrito:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34D3AE90" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1015"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(   ) Artigo Original: (   ) Quantitativo (   ) Qualitativo  (   ) Misto (   ) Ensaio Clínico</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="37DCAAE5" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1015" w:right="3005"/>
-[...26 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+        <w:ind w:left="567" w:right="3005"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(   ) Revisão Sistemática </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2794F234" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1015" w:right="4202"/>
+        <w:ind w:left="567" w:right="4202"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(   ) Relato de Caso</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="181C74A8" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1015"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(   ) Comunicação Breve</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="16B41A9D" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3177"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1015" w:right="5247"/>
+        <w:ind w:left="567" w:right="5247"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(   ) Artigo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -568,197 +541,197 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Opinião</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="166DBAC0" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3177"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1015" w:right="5247"/>
+        <w:ind w:left="567" w:right="5247"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(   ) Artigo de Opinião </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a convite </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="0AA216B1" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3177"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1015" w:right="5247"/>
+        <w:ind w:left="567" w:right="5247"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(   )</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Resenha</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="074D4DF6" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1015"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(   ) Carta ao Editor</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+    <w:p w14:paraId="3BB478AF" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00E71B1B" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="93" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1017" w:firstLine="0"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1586B2C2" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1015" w:firstLine="0"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) Primeira submissão </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="6B848681" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1015" w:firstLine="0"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) Ressubmissão após ter sido recusado. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A ressubmissão só será aceita após, no mínimo, </w:t>
@@ -771,419 +744,421 @@
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>dois meses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> da data em que foi recusado. Neste caso, informar o número do artigo gerado anteriormente pelo sistema. Nº _________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+    <w:p w14:paraId="5628EE62" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00E71B1B" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1015" w:firstLine="0"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="7B4E189D" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1017"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">O manuscrito está depositado como </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>preprint</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="7E133844" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">                 (  ) Não</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="42628502" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(  ) Sim. Nome do servidor ______________________</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+        <w:t>(  ) Sim. Nome do servidor ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="589584C0" w14:textId="6C50389E" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">                               DOI n</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00D263CF">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:vertAlign w:val="superscript"/>
-[...1 lines deleted...]
-        <w:t>o</w:t>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:b w:val="0"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+    <w:p w14:paraId="7B12B095" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00E71B1B" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1015" w:firstLine="0"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="170D477B" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1017"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Aprovação pelo Comitê de Ética em Pesquisa (CEP):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="737BFD31" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1017"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) Não requer aprovação. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="76AD33E3" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1017"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) Número de aprovação CAAE (Certificado de Aprovação de Apreciação Ética) gerado </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="6DAC8BAA" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1017"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>pelo Sistema CEP/CONEP (Plataforma Brasil).___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="0F76F0DF" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1017"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Indicar as contribuições de cada autor, marcando com a letra X os campos abaixo:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+    <w:p w14:paraId="61035514" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00E71B1B" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1017"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57E3D7B3" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1232"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="214"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Contribuições:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="5AD6DC65" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6618"/>
           <w:tab w:val="left" w:pos="9214"/>
         </w:tabs>
         <w:spacing w:before="78" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1017"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nome:______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="7FD1FDE2" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1015" w:right="1315"/>
+        <w:ind w:left="567" w:right="1315"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Na </w:t>
       </w:r>
       <w:r>
@@ -1204,2353 +1179,3112 @@
         <w:t xml:space="preserve">Na </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>redação OU revisão crítica com contribuição</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-21"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">intelectual; ( </w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+        <w:t>intelectual; (  ) Na aprovação final da versão para publicação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3605B639" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00E71B1B" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="9" w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="142C6A92" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6618"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1017"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nome:______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="07012FEB" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1015" w:right="1315"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+        <w:ind w:left="567" w:right="1315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(  ) Na concepção OU desenho do trabalho; OU aquisição, análise, OU interpretação dos dados da pesquisa;  (  ) Na redação OU revisão crítica com contribuição intelectual; (  ) Na aprovação final da versão para publicação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53980BC8" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00E71B1B" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="8" w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B08E774" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="6618"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="993"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nome:______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="6FA400EA" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1015" w:right="1315"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+        <w:ind w:left="567" w:right="1315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(  ) Na concepção OU desenho do trabalho; OU aquisição, análise, OU interpretação dos  dados da pesquisa; (  ) Na  redação OU revisão crítica com contribuição intelectual; (  ) Na aprovação final da versão para publicação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01C3FE8F" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00E71B1B" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="570956A4" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6334"/>
           <w:tab w:val="left" w:pos="9214"/>
         </w:tabs>
         <w:spacing w:before="62" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="993"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nome:______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="1C4DAF3E" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1015" w:right="1315"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+        <w:ind w:left="567" w:right="1315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(  ) Na concepção OU desenho do trabalho; OU aquisição, análise, OU interpretação dos dados da pesquisa;  (   ) Na redação OU revisão crítica com contribuição intelectual; (  ) Na aprovação final da versão para publicação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B48A9F3" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00E71B1B" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="39" w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="1317" w:firstLine="720"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+        <w:ind w:left="567" w:right="1317"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DACB39B" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6334"/>
           <w:tab w:val="left" w:pos="9214"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="993"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nome:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="96"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="221E1F"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="221E1F"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="4573238A" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1015" w:right="1315"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+        <w:ind w:left="567" w:right="1315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(  ) Na concepção OU desenho do trabalho; OU aquisição, análise, OU interpretação dos dados da pesquisa;  (   ) Na redação OU revisão crítica com contribuição intelectual; (  ) Na aprovação final da versão para publicação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D2743FD" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00E71B1B" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="9" w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16683F78" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6334"/>
           <w:tab w:val="left" w:pos="8931"/>
           <w:tab w:val="left" w:pos="9214"/>
           <w:tab w:val="left" w:pos="9356"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="993"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nome:______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="38578A21" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1015" w:right="1315"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+        <w:ind w:left="567" w:right="1315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(  ) Na concepção OU desenho do trabalho; OU aquisição, análise, OU interpretação dos dados da pesquisa;  (   ) Na redação OU revisão crítica com contribuição intelectual; (  ) Na aprovação final da versão para publicação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="115ADBEC" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00E71B1B" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="40" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1017" w:right="1317"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+        <w:ind w:left="567" w:right="1317"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65B3AE98" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="949"/>
+          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="948"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Conflito de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>interesses:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p w14:paraId="393DF076" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:before="130" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="733" w:right="1057"/>
-[...21 lines deleted...]
-        <w:t>indo interesses financeiros específicos e relacionamentos e afiliações relevantes ao tema ou materiais discutidos no</w:t>
+        <w:ind w:left="567" w:right="1057"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(   ) O(s) autor(es) não tem(têm) conflitos de interesse, incluindo interesses financeiros específicos e relacionamentos e afiliações relevantes ao tema ou materiais discutidos no</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-25"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>manuscrito.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p w14:paraId="183EA048" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:before="113" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="733" w:right="1043"/>
-[...21 lines deleted...]
-        <w:t>pesquisa e/ou trabalho estão claramente identificados no manuscrito enviado para avaliação do “Conselho Editorial da Revista Brasileira de</w:t>
+        <w:ind w:left="567" w:right="1043"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(  ) O(s) autor(es) confirma(m) que todos os financiamentos, outros apoios financeiros, e apoio material/humano para esta pesquisa e/ou trabalho estão claramente identificados no manuscrito enviado para avaliação do “Conselho Editorial da Revista Brasileira de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-22"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cancerologia”.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p w14:paraId="3597B396" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00E71B1B" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17D15BA2" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00E71B1B" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55B51D08" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00E71B1B" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2027AB2D" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Agradecimentos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CDEAD13" w14:textId="4720AF21" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:before="130" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="1042"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(  ) O(s) autor(es) confirma(m) que as pessoas que contribuíram substancialmente ao trabalho desenvolvido neste </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="103"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>texto,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="103"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="102"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>não</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="104"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>atendem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="96"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>critérios</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="101"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>para</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="103"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>autoria,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="102"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>foram</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="102"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mencionadas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="102"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:w w:val="40"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="101"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>agradecimento</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="101"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="40"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>do</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="103"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>manuscrito</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="103"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>com</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="103"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a descrição de suas contribuições</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-19"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>específicas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75A26F91" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:before="113" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="1057"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(  ) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>O(s)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="101"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>autor(es)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="102"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>confirma(m)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="103"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="103"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>todos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="103"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="102"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>foram</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="102"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mencionados</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="102"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="40"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="101"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>agradecimentos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="40"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="103"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>deram</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="98"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sua</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>permissão</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">por </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>escrito para serem incluídos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="739EFA52" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:before="113" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="1057"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="102"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(  ) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="102"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>O(s) autor(es) confirma(m) que, se essa seção não foi incluída no texto submetido, é porque não houve nenhuma outra contribuição substancial.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34F60451" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRPr="00953315" w:rsidRDefault="00E71B1B" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:before="113" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="1057"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:w w:val="102"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+    </w:p>
+    <w:p w14:paraId="5D1059E3" w14:textId="77777777" w:rsidR="00A900E9" w:rsidRPr="00953315" w:rsidRDefault="00A900E9" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="949"/>
+          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="948"/>
-[...98 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Uso de Inteligência Artificial</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="575537B9" w14:textId="77777777" w:rsidR="00A900E9" w:rsidRPr="00953315" w:rsidRDefault="00A900E9" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:before="113" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="1057"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:w w:val="102"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>não</w:t>
-[...102 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:w w:val="102"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>foram</w:t>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5351" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:w w:val="102"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>mencionadas</w:t>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>tilizou</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:w w:val="102"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>nos</w:t>
-[...194 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> Inteligência Artificial</w:t>
+      </w:r>
+      <w:r w:rsidR="00A17FDD" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:w w:val="102"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>confirma(m)</w:t>
-[...62 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> (IA)</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5351" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:w w:val="102"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>foram</w:t>
-[...192 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B47A160" w14:textId="025E68D1" w:rsidR="007B5351" w:rsidRPr="00953315" w:rsidRDefault="00A900E9" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="1042"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk222923241"/>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:r w:rsidR="00D263CF" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) Sim</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00991C23" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00991C23" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arcialmente. </w:t>
+      </w:r>
+      <w:r w:rsidR="007B5351" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>IA utilizada e versão: _________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00750B03" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5351" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0606D2AB" w14:textId="62C463C5" w:rsidR="00126C5A" w:rsidRPr="00953315" w:rsidRDefault="00126C5A" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="1042"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Finalidade</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5351" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B5351" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(  )</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Revisão gramatical</w:t>
+      </w:r>
+      <w:r w:rsidR="007405DA" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B5351" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(  )</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tradução assistida</w:t>
+      </w:r>
+      <w:r w:rsidR="007405DA" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B5351" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(  )</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Adequação das </w:t>
+      </w:r>
+      <w:r w:rsidR="00991C23" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eferências</w:t>
+      </w:r>
+      <w:r w:rsidR="00991C23" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à norma</w:t>
+      </w:r>
+      <w:r w:rsidR="00991C23" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vancouver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5351" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B5351" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:r w:rsidR="00D263CF" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="007B5351" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5351" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B5351" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Auxílio na elaboração de gráficos, quadros, tabelas ou figuras explicativas</w:t>
+      </w:r>
+      <w:r w:rsidR="00D263CF" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ECCA816" w14:textId="767CDD77" w:rsidR="00991C23" w:rsidRPr="00953315" w:rsidRDefault="00991C23" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="1042"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk223503837"/>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Snapshot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (cópia estática) da sua conversa </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="007B5351" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5351" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>ink</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5351" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>: _____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="0029411F" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="257F27B3" w14:textId="2A405DE2" w:rsidR="00991C23" w:rsidRPr="00953315" w:rsidRDefault="00991C23" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="1042"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:r w:rsidR="00D263CF" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) Não.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A22B3FA" w14:textId="77777777" w:rsidR="00126C5A" w:rsidRPr="00953315" w:rsidRDefault="00126C5A" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="1042"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="405F4F45" w14:textId="77777777" w:rsidR="00126C5A" w:rsidRPr="00953315" w:rsidRDefault="00126C5A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="941"/>
+          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="940" w:hanging="207"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Gerenciador de Refer</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5351" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ê</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ncia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2370CE8E" w14:textId="23345D27" w:rsidR="007B5351" w:rsidRPr="00953315" w:rsidRDefault="00991C23" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="1042"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00126C5A" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(  ) Sim. </w:t>
+      </w:r>
+      <w:r w:rsidR="007B5351" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Gerenciador utilizado e versão: _________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00750B03" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39B0D1D0" w14:textId="77777777" w:rsidR="00991C23" w:rsidRPr="00953315" w:rsidRDefault="007B5351" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="1042"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00991C23" w:rsidRPr="00953315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(  ) Não.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F6DE331" w14:textId="77777777" w:rsidR="00126C5A" w:rsidRPr="00953315" w:rsidRDefault="00126C5A" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="1042"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="45B1A558" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Direitos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>autorais/publicação:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p w14:paraId="4B20F2F1" w14:textId="621066B0" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:before="130" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="733" w:right="1042"/>
-[...8 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="_Hlk176254383"/>
+        <w:ind w:left="567" w:right="1042"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk176254383"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Declaro que, em caso de aceitação do manuscrito para publicação, estou ciente de que</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> mantenho os </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Forte"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>direitos autorais</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> e </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">concordo em ceder o direito da primeira publicação à Revista  Brasileira  de Cancerologia, que adota a </w:t>
+        <w:t xml:space="preserve">concordo em ceder o direito da primeira publicação à Revista Brasileira de Cancerologia, que adota a </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="006798"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Licença Creative Commons CC-BY 4.0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>e a política de acesso aberto, portanto, os textos estão disponíveis para que qualquer pessoa leia, baixe, copie, imprima, compartilhe, reutilize e distribua, com a devida citaç</w:t>
-[...14 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+        <w:t xml:space="preserve">e a política de acesso aberto, portanto, os textos estão disponíveis para que qualquer pessoa leia, baixe, copie, imprima, compartilhe, reutilize e distribua, com a devida citação da fonte e autoria. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="4A14D673" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00E71B1B" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:before="130" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="733" w:right="1042"/>
-[...11 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="567" w:right="1042"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C73DDE2" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:before="130" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="733" w:right="1042"/>
-[...29 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="567" w:right="1042"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A Revista Brasileira de Cancerologia considera autor quem contribui com os três requisitos apresentados no item 1. Quem contribui com um ou dois requisitos não deve ser considerado autor. Nesse caso, o nome deve aparecer nos agradecimentos indicando qual o tipo de contribuição. Os autores devem assumir a responsabilidade de responder por todos os aspectos relacionados ao trabalho.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2413F45B" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00E71B1B" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="1042"/>
-[...10 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="567" w:right="1042"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C9204F3" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="733" w:right="1042"/>
-[...26 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="567" w:right="1042"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Autorizo o acesso a todos os conteúdos (dados, códigos de programa e outros materiais) subjacentes ao texto do artigo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D4B976" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="733" w:right="1042"/>
-[...12 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="567" w:right="1042"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>(  ) Sim. (   ) Estão contidos no manuscrito.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p w14:paraId="13DBE63F" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="733" w:right="1042"/>
+        <w:ind w:left="567" w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">              (   ) Estarão disponíveis no momento da publicação do artigo.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p w14:paraId="761CB475" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="733" w:right="1042"/>
+        <w:ind w:left="567" w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">              (   ) Já estão disponíveis desde _____/____/__________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p w14:paraId="4643E7D6" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="1042"/>
-[...26 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="567" w:right="1042"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                  Repositório: _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3621D5FC" w14:textId="77777777" w:rsidR="00EC008E" w:rsidRDefault="00EC008E" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="733" w:right="1042"/>
+        <w:ind w:left="567" w:right="1042"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B1AE4D6" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(  ) Sim, sob demanda dos pareceristas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="61C9B9BC" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00EC008E" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="1042"/>
-[...15 lines deleted...]
-      <w:r>
+        <w:ind w:left="567" w:right="1042"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(  ) </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Não. Justifique: </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AE5D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+    <w:p w14:paraId="12E752E4" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00E71B1B" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="9950"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="1108"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+        <w:ind w:left="567" w:right="1108"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F63B664" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="9950"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="709" w:right="1108"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+        <w:ind w:left="567" w:right="1108"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Assinalar a opção sobre abertura da identidade aos pareceristas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F58F1B2" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="9950"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="709" w:right="1108"/>
+        <w:ind w:left="567" w:right="1108"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(   ) Manter anonimato.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="523D0B8F" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="9950"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="709" w:right="1108"/>
+        <w:ind w:left="567" w:right="1108"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(   ) Abrir a identidade aos avaliadores.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+    <w:p w14:paraId="0AF15B3F" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00E71B1B" w:rsidP="00EC008E">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="1108"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="684641BF" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="9950"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="709" w:right="1108"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+        <w:ind w:left="567" w:right="1108"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Assinatura</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-29"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>do</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-29"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>autor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-29"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>correspondente:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single" w:color="221E1F"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="25"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single" w:color="221E1F"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Data: ____/____/_______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A552FA0" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A" w:rsidP="00EC008E">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="9950"/>
-[...118 lines deleted...]
-        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="10065"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="733" w:right="1041"/>
+        <w:ind w:left="567" w:right="1041"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E-mail:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00065C14">
+    <w:sectPr w:rsidR="00E71B1B">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1000" w:right="400" w:bottom="280" w:left="400" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006A27EE" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="2E368052" w14:textId="77777777" w:rsidR="00DF4D59" w:rsidRDefault="00DF4D59">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006A27EE" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="326758CF" w14:textId="77777777" w:rsidR="00DF4D59" w:rsidRDefault="00DF4D59">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
-    <w:altName w:val="新細明體"/>
+    <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1564564948"/>
       <w:docPartObj>
         <w:docPartGallery w:val="AutoText"/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00065C14" w:rsidRDefault="006A27EE">
+      <w:p w14:paraId="3AFB866E" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00AE5D2A">
         <w:pPr>
           <w:pStyle w:val="Rodap"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00B94F64" w:rsidRPr="00B94F64">
           <w:rPr>
+            <w:noProof/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00065C14" w:rsidRDefault="00065C14">
+  <w:p w14:paraId="5E610ED0" w14:textId="77777777" w:rsidR="00E71B1B" w:rsidRDefault="00E71B1B">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006A27EE" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="0DFC3896" w14:textId="77777777" w:rsidR="00DF4D59" w:rsidRDefault="00DF4D59">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006A27EE" w:rsidRDefault="006A27EE">
+    <w:p w14:paraId="2785F296" w14:textId="77777777" w:rsidR="00DF4D59" w:rsidRDefault="00DF4D59">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C0A1ACE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0C0A1ACE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1231" w:hanging="215"/>
+        <w:ind w:left="357" w:hanging="215"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="231F20"/>
         <w:w w:val="104"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2226" w:hanging="215"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
@@ -3625,224 +4359,244 @@
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9132" w:hanging="215"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007A775B"/>
     <w:rsid w:val="00014CE2"/>
     <w:rsid w:val="00057B8E"/>
-    <w:rsid w:val="00065C14"/>
     <w:rsid w:val="00071106"/>
     <w:rsid w:val="00085F65"/>
     <w:rsid w:val="00093FF6"/>
     <w:rsid w:val="000B2516"/>
     <w:rsid w:val="000E6066"/>
+    <w:rsid w:val="00101460"/>
     <w:rsid w:val="00102185"/>
+    <w:rsid w:val="00126C5A"/>
     <w:rsid w:val="00146841"/>
     <w:rsid w:val="001A24A9"/>
     <w:rsid w:val="0026034D"/>
     <w:rsid w:val="00286D9D"/>
+    <w:rsid w:val="0029411F"/>
     <w:rsid w:val="002C0F12"/>
     <w:rsid w:val="002D7C68"/>
+    <w:rsid w:val="002E34A4"/>
     <w:rsid w:val="003118DF"/>
     <w:rsid w:val="00321A82"/>
     <w:rsid w:val="003271A6"/>
     <w:rsid w:val="00344DB9"/>
     <w:rsid w:val="003A6D0E"/>
+    <w:rsid w:val="003A6F09"/>
     <w:rsid w:val="003C3141"/>
     <w:rsid w:val="003E11F7"/>
     <w:rsid w:val="003E7279"/>
     <w:rsid w:val="004039D0"/>
     <w:rsid w:val="00440276"/>
     <w:rsid w:val="004550FE"/>
-    <w:rsid w:val="004557B8"/>
     <w:rsid w:val="00460A37"/>
     <w:rsid w:val="004708C4"/>
     <w:rsid w:val="00472EDB"/>
     <w:rsid w:val="00482670"/>
     <w:rsid w:val="004967CB"/>
     <w:rsid w:val="004B237A"/>
     <w:rsid w:val="004C0D7B"/>
     <w:rsid w:val="004D3EC2"/>
     <w:rsid w:val="004D5957"/>
     <w:rsid w:val="0053102A"/>
     <w:rsid w:val="00533D81"/>
+    <w:rsid w:val="00564539"/>
     <w:rsid w:val="00592B29"/>
     <w:rsid w:val="0059416D"/>
     <w:rsid w:val="005B1C16"/>
     <w:rsid w:val="005B49F5"/>
     <w:rsid w:val="005D0019"/>
     <w:rsid w:val="00605CB3"/>
     <w:rsid w:val="0064378C"/>
     <w:rsid w:val="006533B4"/>
     <w:rsid w:val="006630CD"/>
     <w:rsid w:val="00682E9A"/>
-    <w:rsid w:val="006A27EE"/>
     <w:rsid w:val="007366F6"/>
+    <w:rsid w:val="007405DA"/>
     <w:rsid w:val="007433C9"/>
+    <w:rsid w:val="00750B03"/>
     <w:rsid w:val="00784C28"/>
     <w:rsid w:val="00790EC7"/>
     <w:rsid w:val="007A0324"/>
+    <w:rsid w:val="007A372B"/>
     <w:rsid w:val="007A775B"/>
+    <w:rsid w:val="007B5351"/>
+    <w:rsid w:val="007B6933"/>
     <w:rsid w:val="007F1CDF"/>
     <w:rsid w:val="007F5538"/>
     <w:rsid w:val="00830E62"/>
+    <w:rsid w:val="00842CFB"/>
+    <w:rsid w:val="008523B0"/>
     <w:rsid w:val="00855A4C"/>
+    <w:rsid w:val="00875BF2"/>
     <w:rsid w:val="008E7A2B"/>
     <w:rsid w:val="00904515"/>
     <w:rsid w:val="00911825"/>
+    <w:rsid w:val="00913ACA"/>
     <w:rsid w:val="009205E5"/>
     <w:rsid w:val="00922A63"/>
     <w:rsid w:val="00944372"/>
     <w:rsid w:val="00945FD4"/>
+    <w:rsid w:val="00953315"/>
     <w:rsid w:val="00971757"/>
     <w:rsid w:val="00972554"/>
     <w:rsid w:val="00973108"/>
+    <w:rsid w:val="00991C23"/>
     <w:rsid w:val="009A17A9"/>
     <w:rsid w:val="00A1443A"/>
+    <w:rsid w:val="00A17FDD"/>
     <w:rsid w:val="00A21229"/>
     <w:rsid w:val="00A215DB"/>
     <w:rsid w:val="00A32146"/>
     <w:rsid w:val="00A4136B"/>
     <w:rsid w:val="00A50928"/>
     <w:rsid w:val="00A56720"/>
     <w:rsid w:val="00A71599"/>
+    <w:rsid w:val="00A900E9"/>
     <w:rsid w:val="00AD67C3"/>
+    <w:rsid w:val="00AE5D2A"/>
     <w:rsid w:val="00B13971"/>
+    <w:rsid w:val="00B3725A"/>
     <w:rsid w:val="00B42584"/>
     <w:rsid w:val="00B65A12"/>
     <w:rsid w:val="00B93BE3"/>
+    <w:rsid w:val="00B94F64"/>
     <w:rsid w:val="00BD2678"/>
+    <w:rsid w:val="00BF0693"/>
     <w:rsid w:val="00C140D8"/>
     <w:rsid w:val="00C5032C"/>
+    <w:rsid w:val="00C67DFD"/>
     <w:rsid w:val="00C9687D"/>
     <w:rsid w:val="00CA5735"/>
     <w:rsid w:val="00CA6174"/>
     <w:rsid w:val="00CC3CCE"/>
     <w:rsid w:val="00CD194A"/>
     <w:rsid w:val="00CD669D"/>
     <w:rsid w:val="00CE7F59"/>
     <w:rsid w:val="00D069EA"/>
     <w:rsid w:val="00D20B7A"/>
+    <w:rsid w:val="00D263CF"/>
     <w:rsid w:val="00D27015"/>
     <w:rsid w:val="00D3192E"/>
     <w:rsid w:val="00D32F4A"/>
     <w:rsid w:val="00D6012B"/>
     <w:rsid w:val="00D95C86"/>
     <w:rsid w:val="00DA5BBC"/>
     <w:rsid w:val="00DB611F"/>
+    <w:rsid w:val="00DF4D59"/>
     <w:rsid w:val="00DF5665"/>
+    <w:rsid w:val="00E5081B"/>
     <w:rsid w:val="00E71A8C"/>
+    <w:rsid w:val="00E71B1B"/>
     <w:rsid w:val="00EA24B2"/>
+    <w:rsid w:val="00EC008E"/>
     <w:rsid w:val="00EE2846"/>
     <w:rsid w:val="00EE3492"/>
     <w:rsid w:val="00EF589A"/>
     <w:rsid w:val="00F14E0E"/>
     <w:rsid w:val="00F23B4C"/>
     <w:rsid w:val="00F36261"/>
     <w:rsid w:val="00F50005"/>
     <w:rsid w:val="00F533AB"/>
     <w:rsid w:val="00F82DDE"/>
     <w:rsid w:val="00FC3099"/>
-    <w:rsid w:val="00FD68A4"/>
     <w:rsid w:val="00FE5194"/>
     <w:rsid w:val="33734A68"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="63ADC7A9"/>
+  <w14:docId w14:val="1C8B8F4E"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4312,50 +5066,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="nfase">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Corpodetexto">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="CorpodetextoChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodecomentrio">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodecomentrioChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
@@ -4525,50 +5280,105 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodecomentrioChar">
     <w:name w:val="Texto de comentário Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Textodecomentrio"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AssuntodocomentrioChar">
     <w:name w:val="Assunto do comentário Char"/>
     <w:basedOn w:val="TextodecomentrioChar"/>
     <w:link w:val="Assuntodocomentrio"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CorpodetextoChar">
+    <w:name w:val="Corpo de texto Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Corpodetexto"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00126C5A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textodenotaderodap">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextodenotaderodapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007B5351"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodenotaderodapChar">
+    <w:name w:val="Texto de nota de rodapé Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Textodenotaderodap"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007B5351"/>
+    <w:rPr>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Refdenotaderodap">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007B5351"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document.docx"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/deed.pt" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -4826,48 +5636,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>957</Words>
-  <Characters>5172</Characters>
+  <Words>1050</Words>
+  <Characters>5670</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>47</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Título</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6117</CharactersWithSpaces>
+  <CharactersWithSpaces>6707</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>1046-12.2.0.19307</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>7AC0B9A485424FA6A9D1462467654967_13</vt:lpwstr>
+  </property>
+</Properties>
+</file>