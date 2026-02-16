--- v0 (2025-12-15)
+++ v1 (2026-02-16)
@@ -1,163 +1,186 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="0BF5B511">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:bookmarkStart w:id="0" w:name="_MON_1717489079"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_MON_1717489079"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:object>
-[...4 lines deleted...]
-            <v:imagedata r:id="rId6" o:title=""/>
+        <w:object w:dxaOrig="10149" w:dyaOrig="2589">
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+            <v:stroke joinstyle="miter"/>
+            <v:formulas>
+              <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+              <v:f eqn="sum @0 1 0"/>
+              <v:f eqn="sum 0 0 @1"/>
+              <v:f eqn="prod @2 1 2"/>
+              <v:f eqn="prod @3 21600 pixelWidth"/>
+              <v:f eqn="prod @3 21600 pixelHeight"/>
+              <v:f eqn="sum @0 0 1"/>
+              <v:f eqn="prod @6 1 2"/>
+              <v:f eqn="prod @7 21600 pixelWidth"/>
+              <v:f eqn="sum @8 21600 0"/>
+              <v:f eqn="prod @7 21600 pixelHeight"/>
+              <v:f eqn="sum @10 21600 0"/>
+            </v:formulas>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
-            <w10:wrap type="none"/>
-            <w10:anchorlock/>
+          </v:shapetype>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:507.75pt;height:129.6pt" o:ole="">
+            <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1468075725" r:id="rId5">
-[...1 lines deleted...]
-          </o:OLEObject>
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1831894572" r:id="rId8"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CCDE7B8">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1017" w:right="758"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
-        <w:t>El autor correspondiente, responsable por el envío del manuscrito, deberá hacer la descarga del documento, llenar, firmar y adjuntar este formulario en formato PDF, junto con el original de su trabajo, a la Revista Brasileira de Cancerologia.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="3"/>
+        <w:t xml:space="preserve">El autor correspondiente, responsable por el envío del manuscrito, deberá hacer la descarga del documento, llenar, firmar y adjuntar este formulario en formato PDF, junto con el original de su trabajo, a la Revista Brasileira </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>de Cancerologia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="694" w:firstLine="323"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>Título del manuscrito:___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37FBCDBB">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1017" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52105A7F">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8313"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1017" w:right="2790"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>Autor:</w:t>
       </w:r>
       <w:r>
@@ -182,53 +205,53 @@
         <w:t xml:space="preserve"> Autor:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="221E1F"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="221E1F"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="586C92A0">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8313"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1017" w:right="2790"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>Autor:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -356,1737 +379,1946 @@
         </w:rPr>
         <w:t xml:space="preserve"> Autor:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="96"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="221E1F"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="221E1F"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5841F1D2">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00793A05">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="11" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74E6DC21">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="93" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1017" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>Clasificación del manuscrito:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5797CBD5">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>(   ) Artículo Original: (   ) Cuantitativo (   ) Cualitativo (   ) Mixto (   ) Ensayo Clínico</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75738F4E">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:right="3005"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
-        <w:t xml:space="preserve">(   ) Revisión de Literatura: (   ) Integral  (   )  Sistemática </w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="6"/>
+        <w:t xml:space="preserve">(   ) Revisión </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sistemática </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:right="4202"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>(   ) Informe de Caso</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54A1ECCF">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>(   ) Comunicación Breve</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6306AE85">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3177"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:right="5247"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>(   ) Artículo de Opinión</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1261FEAF">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3177"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:right="5247"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">(   ) Artículo de Opinión </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> por invitación </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5474354C">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3177"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:right="5247"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>(   )</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>Reseña</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="092D8785">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>(   ) Carta al Editor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79DBA6C2">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00793A05">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="93" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1017" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A5D2118">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>(  ) Primer envío</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08E35191">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) Reenvío después de haber sido rechazado. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
-        <w:t>El reenvío será aceptado solamente después de, por lo menos, dos meses de la fecha en la cual fue rechazado. En este caso, informar el número del artículo generado anteriormente por el sistema. Nº _________</w:t>
+        <w:t xml:space="preserve">El reenvío será aceptado solamente después de, por lo menos, dos meses de la fecha </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>en la cual fue rechazado. En este caso, informar el número del artículo generado anteriormente por el sistema. Nº _________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B324BE1">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00793A05">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27DB0D77">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1017"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">¿El manuscrito está depositado como </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>preprint</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4612AF7F">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">                 (  ) No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D5285F5">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
-        <w:t>(  ) Sí. Nombre del funcionario ______________________________________</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>(  ) Sí. Nombre del funcionario __________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">                               DOI n</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b w:val="0"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65448EC8">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00793A05">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="623CCD5B">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1017"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Aprobación por el Comité de Ética en Investigación (CEP, por sus siglas en portugués):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="268DA01A">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1017"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) No requiere aprobación. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AB57462">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1017"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
-        <w:t>(  ) Número de aprobación CAAE (Certificado de Aprobación de Apreciación Ética) generado por el Sistema CEP/CONEP (Plataforma Brasil).___________________________________</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="6"/>
+        <w:t xml:space="preserve">(  ) Número de aprobación </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>CAAE (Certificado de Aprobación de Apreciación Ética) generado por el Sistema CEP/CONEP (Plataforma Brasil).___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1017"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>Indicar los aportes de cada autor, marcando con la letra X los campos abajo:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A3141B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00793A05">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1017"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22D61927">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1232"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="214"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Aportes:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A8FA42B">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6618"/>
           <w:tab w:val="left" w:pos="9214"/>
         </w:tabs>
         <w:spacing w:before="78" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1017"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nombre:______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D3BF048">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:right="1315"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
-        <w:t>En la concepción O planificación del trabajo; O la adquisición, análisis, O la interpretación de los datos de la investigación; ( ) En la redacción O la revisión crítica con contribución intelectual; ( ) En la aprobación final de la versión para publicación</w:t>
+        <w:t xml:space="preserve">En la concepción O planificación del trabajo; O la adquisición, análisis, O la interpretación de los datos de la investigación; ( ) En la redacción O la revisión crítica con </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>contribución intelectual; ( ) En la aprobación final de la versión para publicación</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F7E0059">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00793A05">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="9" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16B55316">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6618"/>
           <w:tab w:val="left" w:pos="9214"/>
         </w:tabs>
         <w:spacing w:before="78" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1017"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>Nombre:______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45412C03">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:right="1315"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
-        <w:t>En la concepción O planificación del trabajo; O la adquisición, análisis, O la interpretación de los datos de la investigación; ( ) En la redacción O la revisión crítica con contribución intelectual; ( ) En la aprobación final de la versión para publicación</w:t>
+        <w:t>En la concepción O planificación del trabajo; O la adquisición, análisis, O la interpretación d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>e los datos de la investigación; ( ) En la redacción O la revisión crítica con contribución intelectual; ( ) En la aprobación final de la versión para publicación</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E6735A4">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00793A05">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="8" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="704251B1">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6618"/>
           <w:tab w:val="left" w:pos="9214"/>
         </w:tabs>
         <w:spacing w:before="78" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1017"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>Nombre:______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B44F501">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:right="1315"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
-        <w:t>En la concepción O planificación del trabajo; O la adquisición, análisis, O la interpretación de los datos de la investigación; ( ) En la redacción O la revisión crítica con contribución intelectual; ( ) En la aprobación final de la versión para publicación</w:t>
+        <w:t>En la concepción</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> O planificación del trabajo; O la adquisición, análisis, O la interpretación de los datos de la investigación; ( ) En la redacción O la revisión crítica con contribución intelectual; ( ) En la aprobación final de la versión para publicación</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F3195D6">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00793A05">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F77EB06">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6618"/>
           <w:tab w:val="left" w:pos="9214"/>
         </w:tabs>
         <w:spacing w:before="78" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1017"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
-        <w:t>Nombre:______________________________________________________________</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="6"/>
+        <w:t>Nombre:_____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:right="1315"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
-        <w:t>En la concepción O planificación del trabajo; O la adquisición, análisis, O la interpretación de los datos de la investigación; ( ) En la redacción O la revisión crítica con contribución intelectual; ( ) En la aprobación final de la versión para publicación</w:t>
+        <w:t>En la concepción O planificación del trabajo; O la adquisición, análisis, O la interpretación de los datos de la investigación; ( ) En la redacción O la revisión crítica con contribución intele</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>ctual; ( ) En la aprobación final de la versión para publicación</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60E618B7">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00793A05">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="39" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="1317" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C527311">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6618"/>
           <w:tab w:val="left" w:pos="9214"/>
         </w:tabs>
         <w:spacing w:before="78" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1017"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>Nombre:______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1215259A">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:right="1315"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
-        <w:t>En la concepción O planificación del trabajo; O la adquisición, análisis, O la interpretación de los datos de la investigación; ( ) En la redacción O la revisión crítica con contribución intelectual; ( ) En la aprobación final de la versión para publicación</w:t>
+        <w:t>En la concepción O planificación del trabajo; O la adquisición, análisis, O la interpretación de los datos de la i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>nvestigación; ( ) En la redacción O la revisión crítica con contribución intelectual; ( ) En la aprobación final de la versión para publicación</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B303F72">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00793A05">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="9" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="505030ED">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6618"/>
           <w:tab w:val="left" w:pos="9214"/>
         </w:tabs>
         <w:spacing w:before="78" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1017"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>Nombre:______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F71E5D7">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1015" w:right="1315"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
-        <w:t>En la concepción O planificación del trabajo; O la adquisición, análisis, O la interpretación de los datos de la investigación; ( ) En la redacción O la revisión crítica con contribución intelectual; ( ) En la aprobación final de la versión para publicación</w:t>
+        <w:t xml:space="preserve">En la concepción O planificación </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>del trabajo; O la adquisición, análisis, O la interpretación de los datos de la investigación; ( ) En la redacción O la revisión crítica con contribución intelectual; ( ) En la aprobación final de la versión para publicación</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6508CF59">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00793A05">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1017" w:right="1317"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E0767D2">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="949"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="948"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Conflicto de intereses:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D2698A4">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="130" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1057"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
-        <w:t>(   ) El(Los) autor(es) no tiene(n) conflictos de interés, incluidos intereses financieros específicos y relacionamientos y afiliaciones relevantes al tema o materiales discutidos en el manuscrito.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="6"/>
+        <w:t>(   )</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> El(Los) autor(es) no tiene(n) conflictos de interés, incluidos intereses financieros específicos y relacionamientos y afiliaciones relevantes al tema o materiales discutidos en el manuscrito.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="113" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1043"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
-        <w:t>El(Los) autor(es) confirma(n) que todos los financiamientos, otros apoyos financieros, y apoyo material/humano para esta investigación y/o trabajo están claramente identificados en el manuscrito enviado para evaluación del “Conselho Editorial da Revista Brasileira de Cancerologia”</w:t>
+        <w:t>El(Los) autor(es) confirma(n) que todos los financiamiento</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s, otros apoyos financieros, y apoyo material/humano para esta investigación y/o trabajo están claramente identificados en el manuscrito enviado </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>para evaluación del “Conselho Editorial da Revista Brasileira de Cancerologia”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B8BF808">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00793A05">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D191769">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00793A05">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C8ED4E6">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="949"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="948"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Agradecimientos:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E8A65A7">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="130" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
-        <w:t>(   ) El(Los) autor(es) confirma(n) que las personas que aportaron substancialmente al trabajo desarrollado en este texto, pero que no cumplen con los criterios para autoría, fueron mencionadas en los “agradecimientos” del manuscrito con la descripción de sus aportes específicos.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="6"/>
+        <w:t>(   ) El(Los</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) autor(es) confirma(n) que las personas que aportaron substancialmente al trabajo desarrollado en este texto, pero que no cumplen con los criterios para autoría, fueron mencionadas en los “agradecimientos” del manuscrito con la descripción de sus aportes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>específicos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="113" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1057"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>El(Los) autor(es) confirma(n) que todos los que fueron mencionados en los “agradecimientos” han dado su permiso por escrito para ser incluidos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B89AA71">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="113" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1057"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="102"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">(  ) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="102"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
-        <w:t>El(Los) autor(es) confirma(n) que, si esta sección no fue incluida en el texto enviado, es porque no hubo ningún otro aporte substancial.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="6"/>
+        <w:t xml:space="preserve">El(Los) autor(es) confirma(n) que, si esta sección no fue incluida en el texto enviado, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="102"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>es porque no hubo ningún otro aporte substancial.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00793A05">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="113" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1057"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="102"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B5CA21E">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="941"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="940" w:hanging="207"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>Transferencia de derechos de autor/publicación</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B77BA2B">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="130" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
-        <w:t>Declaro que, en caso de aceptación del manuscrito para su publicación, estoy consciente de que mantengo los derechos autorales y concuerdo en ceder el derecho de la primera publicación a la Revista  Brasileira  de Cancerologia, que adopta la licencia Creative Commons Attribution, (CC BY 4.0) y la política de acceso libre, por lo tanto, los textos están disponibles para que cualquier persona lea, descargue, copie, imprima, comparta, reutilice y distribuya, con la debida citación de la fuente y autoría.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="6"/>
+        <w:t xml:space="preserve">Declaro que, en caso de aceptación del manuscrito para su publicación, estoy consciente de que mantengo los derechos autorales y concuerdo en ceder el </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>derecho de la primera publicación a la Revista  Brasileira  de Cancerologia, que adopta la licencia Creative Commons Attribution, (CC BY 4.0) y la política de acceso libre, por lo tanto, los textos están disponibles para que cualquier persona lea, descargu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>e, copie, imprima, comparta, reutilice y distribuya, con la debida citación de la fuente y autoría.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="130" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
-        <w:t>La Revista Brasileira de Cancerologia considera autor a quien aporta con los tres requisitos presentados en el ítem 1. Quien aporta con uno o dos requisitos no debe ser considerado autor. En este caso, el nombre debe aparecer en los agradecimientos indicando cuál es el tipo de aporte. Los autores deben asumir la responsabilidad de responder por todos los aspectos relacionados al trabajo.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="6"/>
+        <w:t>La Revista Brasileira de Cancerologia considera autor a quien aporta con los tres requisitos presentados en el ítem 1. Quien aporta con uno o dos requisitos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no debe ser considerado autor. En este caso, el nombre debe aparecer en los agradecimientos indicando cuál es el tipo de aporte. Los autores deben asumir la responsabilidad de responder por todos los aspectos relacionados al trabajo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00793A05">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38C226A7">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
-        <w:t>Autorizo el acceso a todos los contenidos (datos, códigos de programa y otros materiales) subyacentes al texto del artículo.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="6"/>
+        <w:t>Autorizo el acceso a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> todos los contenidos (datos, códigos de programa y otros materiales) subyacentes al texto del artículo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>(  ) Sí. (   ) Están contenidos en el manuscrito.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AF674B9">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">           (   ) Estarán disponibles en el momento de la publicación del artículo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FC9237E">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
-        <w:t xml:space="preserve">           (   ) Ya están disponibles desde _____/____/__________</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="6"/>
+        <w:t xml:space="preserve">           (   ) Y</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>a están disponibles desde _____/____/__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">                                  Repositorio: _____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4210D9A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>(  ) Sí, bajo demanda de los evaluadores.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B51A2AC">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="1042"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">              (  ) No. Justifique: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
@@ -2313,1130 +2545,1362 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:softHyphen/>
-      </w:r>
-[...12 lines deleted...]
-        <w:pStyle w:val="6"/>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00793A05">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9950"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1108"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03E28195">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9950"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1108"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>Marcar la opción sobre la revelación de la identidad a los pares.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2391E1D6">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9950"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1108"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>(   ) Mantener el anonimato.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F74574E">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9950"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1108"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>(   ) Revelar la identidad a los evaluadores.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34553038">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9950"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1108"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Firma del autor correspondiente:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="221E1F"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="25"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="221E1F"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>Fecha: ____/____/_______</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4327B41A">
-[...1 lines deleted...]
-        <w:pStyle w:val="6"/>
+    <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="10065"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="733" w:right="1041"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>E-mail:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="105"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:sectPr>
-      <w:footerReference r:id="rId3" w:type="default"/>
+    <w:sectPr w:rsidR="00793A05">
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1000" w:right="400" w:bottom="280" w:left="400" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:cols w:space="720" w:num="1"/>
-      <w:docGrid w:linePitch="299" w:charSpace="0"/>
+      <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00EC48E4" w:rsidRDefault="00EC48E4">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00EC48E4" w:rsidRDefault="00EC48E4">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="宋体">
-    <w:altName w:val="SimSun"/>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="SimSun">
-[...4 lines deleted...]
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  <w:font w:name="PMingLiU">
+    <w:altName w:val="新細明體"/>
+    <w:panose1 w:val="02010601000101010101"/>
+    <w:charset w:val="88"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="default"/>
-[...22 lines deleted...]
-    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="default"/>
-[...29 lines deleted...]
-    <w:sig w:usb0="000002A7" w:usb1="28CF4400" w:usb2="00000016" w:usb3="00000000" w:csb0="00100009" w:csb1="00000000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1564564948"/>
-      <w:docPartObj>
-[...1 lines deleted...]
-      </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="437BA931">
+      <w:p w:rsidR="00793A05" w:rsidRDefault="00EC48E4">
         <w:pPr>
-          <w:pStyle w:val="9"/>
+          <w:pStyle w:val="Rodap"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve">PAGE   \* MERGEFORMAT</w:instrText>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="70D84FD0">
+  <w:p w:rsidR="00793A05" w:rsidRDefault="00793A05">
     <w:pPr>
-      <w:pStyle w:val="9"/>
+      <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00EC48E4" w:rsidRDefault="00EC48E4">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00EC48E4" w:rsidRDefault="00EC48E4">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C0A1ACE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0C0A1ACE"/>
-    <w:lvl w:ilvl="0" w:tentative="0">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1231" w:hanging="215"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="231F20"/>
         <w:w w:val="104"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2226" w:hanging="215"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3213" w:hanging="215"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="3">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4199" w:hanging="215"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5186" w:hanging="215"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="5">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6172" w:hanging="215"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7159" w:hanging="215"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8145" w:hanging="215"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9132" w:hanging="215"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="120"/>
-  <w:bordersDoNotSurroundHeader w:val="0"/>
-[...1 lines deleted...]
-  <w:documentProtection w:enforcement="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="1"/>
-[...1 lines deleted...]
-  <w:noPunctuationKerning w:val="1"/>
+  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
-    <w:doNotWrapTextWithPunct/>
-[...1 lines deleted...]
-    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007A775B"/>
     <w:rsid w:val="000568B5"/>
     <w:rsid w:val="00071106"/>
     <w:rsid w:val="00085F65"/>
     <w:rsid w:val="00093FF6"/>
     <w:rsid w:val="000E6066"/>
     <w:rsid w:val="000F60FA"/>
     <w:rsid w:val="000F6B27"/>
     <w:rsid w:val="00102185"/>
     <w:rsid w:val="00146841"/>
     <w:rsid w:val="00165B88"/>
     <w:rsid w:val="001A24A9"/>
     <w:rsid w:val="00224B44"/>
     <w:rsid w:val="00286D9D"/>
     <w:rsid w:val="002B4EA7"/>
     <w:rsid w:val="002C0F12"/>
     <w:rsid w:val="002D7C68"/>
     <w:rsid w:val="003118DF"/>
     <w:rsid w:val="00321A82"/>
     <w:rsid w:val="00344DB9"/>
     <w:rsid w:val="003A6D0E"/>
     <w:rsid w:val="003C3141"/>
     <w:rsid w:val="003E201C"/>
     <w:rsid w:val="003E7279"/>
     <w:rsid w:val="004039D0"/>
     <w:rsid w:val="004550FE"/>
     <w:rsid w:val="004708C4"/>
     <w:rsid w:val="00472EDB"/>
     <w:rsid w:val="00482670"/>
     <w:rsid w:val="004967CB"/>
     <w:rsid w:val="004B237A"/>
     <w:rsid w:val="004C0D7B"/>
     <w:rsid w:val="004D3EC2"/>
     <w:rsid w:val="004D5957"/>
     <w:rsid w:val="00533D81"/>
     <w:rsid w:val="00592B29"/>
     <w:rsid w:val="0059416D"/>
     <w:rsid w:val="005B1C16"/>
     <w:rsid w:val="005B49F5"/>
     <w:rsid w:val="005D598C"/>
     <w:rsid w:val="00605CB3"/>
+    <w:rsid w:val="00637EEA"/>
     <w:rsid w:val="0064378C"/>
     <w:rsid w:val="006533B4"/>
     <w:rsid w:val="006630CD"/>
     <w:rsid w:val="00682E9A"/>
     <w:rsid w:val="007433C9"/>
     <w:rsid w:val="00784C28"/>
     <w:rsid w:val="00790EC7"/>
+    <w:rsid w:val="00793A05"/>
     <w:rsid w:val="00793CF3"/>
     <w:rsid w:val="007A0324"/>
     <w:rsid w:val="007A775B"/>
     <w:rsid w:val="007F1CDF"/>
     <w:rsid w:val="00830E62"/>
     <w:rsid w:val="008552C7"/>
     <w:rsid w:val="008E7A2B"/>
     <w:rsid w:val="00904515"/>
     <w:rsid w:val="009054F2"/>
     <w:rsid w:val="009205E5"/>
     <w:rsid w:val="00922A63"/>
     <w:rsid w:val="00944372"/>
     <w:rsid w:val="009A17A9"/>
     <w:rsid w:val="00A21229"/>
     <w:rsid w:val="00A215DB"/>
     <w:rsid w:val="00A32146"/>
     <w:rsid w:val="00A4136B"/>
     <w:rsid w:val="00A50928"/>
     <w:rsid w:val="00A71599"/>
     <w:rsid w:val="00AD67C3"/>
     <w:rsid w:val="00B13971"/>
     <w:rsid w:val="00B42584"/>
     <w:rsid w:val="00B93BE3"/>
     <w:rsid w:val="00BD2678"/>
     <w:rsid w:val="00C9687D"/>
     <w:rsid w:val="00CA5735"/>
     <w:rsid w:val="00CA6174"/>
     <w:rsid w:val="00CC3CCE"/>
     <w:rsid w:val="00CD194A"/>
     <w:rsid w:val="00CD669D"/>
     <w:rsid w:val="00CE7F59"/>
     <w:rsid w:val="00D069EA"/>
     <w:rsid w:val="00D20B7A"/>
     <w:rsid w:val="00D27015"/>
     <w:rsid w:val="00D3192E"/>
     <w:rsid w:val="00D6012B"/>
     <w:rsid w:val="00D95C86"/>
     <w:rsid w:val="00DA5BBC"/>
     <w:rsid w:val="00DB611F"/>
     <w:rsid w:val="00DF5665"/>
     <w:rsid w:val="00EA24B2"/>
+    <w:rsid w:val="00EC48E4"/>
     <w:rsid w:val="00EE3492"/>
     <w:rsid w:val="00EE5622"/>
     <w:rsid w:val="00EF589A"/>
     <w:rsid w:val="00F14E0E"/>
     <w:rsid w:val="00F23B4C"/>
     <w:rsid w:val="00F36261"/>
     <w:rsid w:val="00F50005"/>
     <w:rsid w:val="00F533AB"/>
     <w:rsid w:val="00F82DDE"/>
     <w:rsid w:val="00FC3099"/>
     <w:rsid w:val="00FE5194"/>
     <w:rsid w:val="2EB96CE1"/>
     <w:rsid w:val="5391318F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{FF4B0FB5-39A4-45D7-BB03-407FAB3A0555}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
-[...150 lines deleted...]
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="1" w:semiHidden="0" w:name="List Paragraph"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39" w:qFormat="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="Light Shading"/>
+    <w:lsdException w:name="Light List"/>
+    <w:lsdException w:name="Light Grid"/>
+    <w:lsdException w:name="Medium Shading 1"/>
+    <w:lsdException w:name="Medium Shading 2"/>
+    <w:lsdException w:name="Medium List 1"/>
+    <w:lsdException w:name="Medium List 2"/>
+    <w:lsdException w:name="Medium Grid 1"/>
+    <w:lsdException w:name="Medium Grid 2"/>
+    <w:lsdException w:name="Medium Grid 3"/>
+    <w:lsdException w:name="Dark List"/>
+    <w:lsdException w:name="Colorful Shading"/>
+    <w:lsdException w:name="Colorful List"/>
+    <w:lsdException w:name="Colorful Grid"/>
+    <w:lsdException w:name="Light Shading Accent 1"/>
+    <w:lsdException w:name="Light List Accent 1"/>
+    <w:lsdException w:name="Light Grid Accent 1"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:name="Dark List Accent 1"/>
+    <w:lsdException w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:name="Colorful List Accent 1"/>
+    <w:lsdException w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:name="Light Shading Accent 2"/>
+    <w:lsdException w:name="Light List Accent 2"/>
+    <w:lsdException w:name="Light Grid Accent 2"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:name="Dark List Accent 2"/>
+    <w:lsdException w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:name="Colorful List Accent 2"/>
+    <w:lsdException w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:name="Light Shading Accent 3"/>
+    <w:lsdException w:name="Light List Accent 3"/>
+    <w:lsdException w:name="Light Grid Accent 3"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:name="Dark List Accent 3"/>
+    <w:lsdException w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:name="Colorful List Accent 3"/>
+    <w:lsdException w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:name="Light Shading Accent 4"/>
+    <w:lsdException w:name="Light List Accent 4"/>
+    <w:lsdException w:name="Light Grid Accent 4"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:name="Dark List Accent 4"/>
+    <w:lsdException w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:name="Colorful List Accent 4"/>
+    <w:lsdException w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:name="Light Shading Accent 5"/>
+    <w:lsdException w:name="Light List Accent 5"/>
+    <w:lsdException w:name="Light Grid Accent 5"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:name="Dark List Accent 5"/>
+    <w:lsdException w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:name="Colorful List Accent 5"/>
+    <w:lsdException w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:name="Light Shading Accent 6"/>
+    <w:lsdException w:name="Light List Accent 6"/>
+    <w:lsdException w:name="Light Grid Accent 6"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:name="Dark List Accent 6"/>
+    <w:lsdException w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:name="Colorful List Accent 6"/>
+    <w:lsdException w:name="Colorful Grid Accent 6"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="PMingLiU" w:hAnsi="PMingLiU" w:eastAsia="PMingLiU" w:cs="PMingLiU"/>
+      <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
+  <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:ind w:left="948" w:hanging="215"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:link w:val="15"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo2Char"/>
+    <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="376092" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="4">
+  <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:uiPriority w:val="1"/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="5">
+  <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="6">
+  <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Corpodetexto">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:uiPriority w:val="1"/>
     <w:rPr>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="7">
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="8">
+  <w:style w:type="paragraph" w:styleId="Cabealho">
     <w:name w:val="header"/>
-    <w:basedOn w:val="1"/>
-    <w:link w:val="16"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CabealhoChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="9">
+  <w:style w:type="paragraph" w:styleId="Rodap">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="1"/>
-    <w:link w:val="17"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="RodapChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="10">
+  <w:style w:type="paragraph" w:styleId="Textodebalo">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="1"/>
-    <w:link w:val="18"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextodebaloChar"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="11">
+  <w:style w:type="table" w:styleId="Tabelacomgrade">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="5"/>
+    <w:basedOn w:val="Tabelanormal"/>
+    <w:uiPriority w:val="39"/>
     <w:qFormat/>
-    <w:uiPriority w:val="39"/>
-[...7 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="12">
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="2"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="13">
+  <w:style w:type="paragraph" w:styleId="PargrafodaLista">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:uiPriority w:val="1"/>
     <w:pPr>
       <w:ind w:left="948" w:hanging="215"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:uiPriority w:val="1"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="15">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Char">
     <w:name w:val="Título 2 Char"/>
-    <w:basedOn w:val="4"/>
-    <w:link w:val="3"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo2"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:uiPriority w:val="9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="376092" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="16">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
     <w:name w:val="Cabeçalho Char"/>
-    <w:basedOn w:val="4"/>
-    <w:link w:val="8"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Cabealho"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:rFonts w:ascii="PMingLiU" w:hAnsi="PMingLiU" w:eastAsia="PMingLiU" w:cs="PMingLiU"/>
+      <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
       <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="17">
+  <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
     <w:name w:val="Rodapé Char"/>
-    <w:basedOn w:val="4"/>
-    <w:link w:val="9"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Rodap"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:rFonts w:ascii="PMingLiU" w:hAnsi="PMingLiU" w:eastAsia="PMingLiU" w:cs="PMingLiU"/>
+      <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
       <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="18">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodebaloChar">
     <w:name w:val="Texto de balão Char"/>
-    <w:basedOn w:val="4"/>
-    <w:link w:val="10"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Textodebalo"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="PMingLiU" w:cs="Segoe UI"/>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="PMingLiU" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Document1.docx"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document.docx"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3674,76 +4138,81 @@
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
+  <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1037</Words>
-  <Characters>5602</Characters>
+  <Words>1038</Words>
+  <Characters>5611</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
   <Lines>46</Lines>
   <Paragraphs>13</Paragraphs>
-  <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6626</CharactersWithSpaces>
-[...1 lines deleted...]
-  <DocSecurity>0</DocSecurity>
+  <CharactersWithSpaces>6636</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:title>Miolo_RBC_64-2.indd</dc:title>
   <dc:creator>Hilton Pereira Santos</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Miolo_RBC_64-2.indd</dc:title>
-  <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2019-01-10T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe InDesign CS6 (Windows)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2019-01-16T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="KSOProductBuildVer">
     <vt:lpwstr>1046-12.2.0.19307</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ICV">
     <vt:lpwstr>072B34F69EC946C482936711208C9BBB_13</vt:lpwstr>
   </property>
 </Properties>
 </file>